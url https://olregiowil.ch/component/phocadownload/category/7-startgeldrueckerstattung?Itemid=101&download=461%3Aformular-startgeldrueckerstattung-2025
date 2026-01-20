--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -25,51 +25,57 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Stefan\Documents\OLRegioWil\Startgeldrückerstattung\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14235"/>
   </bookViews>
   <sheets>
     <sheet name="Stargeldrückerstattung" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511" concurrentCalc="0"/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="sfcIWG9DXFO9483XbiQJzHS10ROHnkUGIH7cXGOLx+A="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="Q23" i="1" l="1"/>
+  <c r="O9" i="1" l="1"/>
+  <c r="L9" i="1"/>
+  <c r="I9" i="1"/>
+  <c r="N9" i="1"/>
+  <c r="K9" i="1"/>
+  <c r="H9" i="1"/>
+  <c r="Q23" i="1"/>
   <c r="N23" i="1"/>
   <c r="K23" i="1"/>
   <c r="H23" i="1"/>
   <c r="O24" i="1"/>
   <c r="Q24" i="1"/>
   <c r="O22" i="1"/>
   <c r="Q22" i="1"/>
   <c r="O21" i="1"/>
   <c r="Q21" i="1"/>
   <c r="O20" i="1"/>
   <c r="Q20" i="1"/>
   <c r="O19" i="1"/>
   <c r="Q19" i="1"/>
   <c r="O18" i="1"/>
   <c r="Q18" i="1"/>
   <c r="O17" i="1"/>
   <c r="Q17" i="1"/>
   <c r="O16" i="1"/>
   <c r="Q16" i="1"/>
   <c r="O15" i="1"/>
   <c r="Q15" i="1"/>
   <c r="O14" i="1"/>
   <c r="Q14" i="1"/>
   <c r="O13" i="1"/>
   <c r="Q13" i="1"/>
@@ -726,51 +732,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AD1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G6" sqref="G6"/>
+      <selection activeCell="S12" sqref="S12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.7109375" customWidth="1"/>
     <col min="2" max="2" width="43.85546875" customWidth="1"/>
     <col min="3" max="3" width="5.5703125" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="19.28515625" style="15" hidden="1" customWidth="1"/>
     <col min="5" max="6" width="3.7109375" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="21.42578125" customWidth="1"/>
     <col min="8" max="9" width="7.140625" style="21" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="21.42578125" customWidth="1"/>
     <col min="11" max="11" width="7.140625" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="7.140625" style="15" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="21.42578125" customWidth="1"/>
     <col min="14" max="14" width="7.28515625" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="7.28515625" style="15" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="21.42578125" customWidth="1"/>
     <col min="17" max="17" width="7.140625" style="21" hidden="1" customWidth="1"/>
     <col min="18" max="30" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="24" t="s">
         <v>13</v>
@@ -1130,58 +1136,76 @@
       <c r="AB8" s="9"/>
       <c r="AC8" s="9"/>
       <c r="AD8" s="9"/>
     </row>
     <row r="9" spans="1:30" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="22">
         <v>45745</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="10">
         <v>2009</v>
       </c>
       <c r="D9" s="10" t="str">
         <f>G6</f>
         <v>Jahrgang (4stellig)?</v>
       </c>
       <c r="E9" s="7">
         <v>14</v>
       </c>
       <c r="F9" s="7">
         <v>20</v>
       </c>
       <c r="G9" s="8"/>
-      <c r="H9" s="8"/>
-      <c r="I9" s="10"/>
+      <c r="H9" s="8">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="I9" s="10" t="str">
+        <f>J6</f>
+        <v>Jahrgang (4stellig)?</v>
+      </c>
       <c r="J9" s="8"/>
-      <c r="K9" s="8"/>
-      <c r="L9" s="10"/>
+      <c r="K9" s="8">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L9" s="10" t="str">
+        <f>M6</f>
+        <v>Jahrgang (4stellig)?</v>
+      </c>
       <c r="M9" s="8"/>
-      <c r="N9" s="8"/>
-      <c r="O9" s="10"/>
+      <c r="N9" s="8">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="O9" s="10" t="str">
+        <f>P6</f>
+        <v>Jahrgang (4stellig)?</v>
+      </c>
       <c r="P9" s="8"/>
       <c r="Q9" s="20">
         <f>IF(P9&lt;&gt;"",IF(O9&lt;C9,F9,E9),0)</f>
         <v>0</v>
       </c>
       <c r="R9" s="9"/>
       <c r="S9" s="9"/>
       <c r="T9" s="9"/>
       <c r="U9" s="9"/>
       <c r="V9" s="9"/>
       <c r="W9" s="9"/>
       <c r="X9" s="9"/>
       <c r="Y9" s="9"/>
       <c r="Z9" s="9"/>
       <c r="AA9" s="9"/>
       <c r="AB9" s="9"/>
       <c r="AC9" s="9"/>
       <c r="AD9" s="9"/>
     </row>
     <row r="10" spans="1:30" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="22">
         <v>45746</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>17</v>